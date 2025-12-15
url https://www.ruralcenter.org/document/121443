--- v0 (2025-10-08)
+++ v1 (2025-12-15)
@@ -1,80 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nih-my.sharepoint.com/personal/tchappel_hrsa_gov/Documents/TChappel/EMS/FY24 Funds_EMS Supplement/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1116" documentId="11_B2A3B47D73A71644A82B48C73D969B7512D850FE" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A31506DA-6A6A-4A8B-84D9-483F3EBE3C9B}"/>
+  <xr:revisionPtr revIDLastSave="15" documentId="8_{ADE7F38D-0659-4814-80A0-5DA4D04DC934}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F0A58D31-E0D1-46BB-8F78-AD6F574B8B1B}"/>
   <bookViews>
-    <workbookView xWindow="768" yWindow="768" windowWidth="17280" windowHeight="10512" tabRatio="774" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="774" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name=" Activities FY24-28" sheetId="3" r:id="rId1"/>
     <sheet name="Work Plan Outcomes" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="60">
   <si>
     <t xml:space="preserve">What is the goal you are trying to achieve? </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Staffing</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
@@ -264,67 +266,50 @@
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Expected Outputs</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(what do you anticipate happening?)</t>
-    </r>
-[...15 lines deleted...]
-      <t>*If applicaable to your project</t>
     </r>
   </si>
   <si>
     <t>Minimum Measure Set</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Year 1 Comments
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(optional)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Year 2 Comments
 </t>
@@ -610,56 +595,121 @@
         <u/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>volunteer</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> EMS providers</t>
     </r>
   </si>
   <si>
     <t>The number of advanced trained providers (such as paramedic, or AEMT)</t>
   </si>
+  <si>
+    <r>
+      <t xml:space="preserve"># Runs sent to billing for the year.
+# Total runs for the year.
+Calculate % of runs billed:  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">#Runs sent to billing / #Total Runs x 100 = %Runs sent to billing </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(year refers to program year, 9/1-8/31)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*If applicaable to your project</t>
+    </r>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -768,67 +818,87 @@
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -941,123 +1011,117 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="76">
+  <cellXfs count="75">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -1072,64 +1136,67 @@
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1161,81 +1228,85 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1472,3190 +1543,3198 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E92"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="2" topLeftCell="A83" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="41" style="13" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="16384" width="8.88671875" style="13"/>
+    <col min="1" max="1" width="41" style="12" customWidth="1"/>
+    <col min="2" max="2" width="17.140625" style="13" customWidth="1"/>
+    <col min="3" max="4" width="31.7109375" style="12" customWidth="1"/>
+    <col min="5" max="5" width="18.140625" style="12" customWidth="1"/>
+    <col min="6" max="16384" width="8.85546875" style="12"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="21.6" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="47" t="s">
+    <row r="1" spans="1:5" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="46" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="47"/>
-[...11 lines deleted...]
-      <c r="C2" s="6" t="s">
+      <c r="B1" s="46"/>
+      <c r="C1" s="46"/>
+      <c r="D1" s="46"/>
+      <c r="E1" s="46"/>
+    </row>
+    <row r="2" spans="1:5" ht="62.25" x14ac:dyDescent="0.25">
+      <c r="A2" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="D2" s="6" t="s">
+      <c r="D2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="6" t="s">
+      <c r="E2" s="5" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:5" ht="21" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:5" ht="21" x14ac:dyDescent="0.25">
+      <c r="A3" s="42" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" s="8"/>
+      <c r="C3" s="9"/>
+      <c r="D3" s="9"/>
+      <c r="E3" s="9"/>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="3"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="3"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="3"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
       <c r="B7" s="3"/>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="3"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
       <c r="B9" s="3"/>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="1"/>
       <c r="B10" s="3"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
     </row>
-    <row r="12" spans="1:5" ht="21" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-      <c r="A13" s="4"/>
+    <row r="12" spans="1:5" ht="21" x14ac:dyDescent="0.35">
+      <c r="A12" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" s="10"/>
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="7"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="2"/>
       <c r="B13" s="3"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
-[...41 lines deleted...]
-    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="2"/>
+      <c r="B14" s="4"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="2"/>
+      <c r="B15" s="4"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="2"/>
+      <c r="B16" s="4"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="2"/>
+      <c r="B17" s="4"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="2"/>
+      <c r="B18" s="4"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="2"/>
+      <c r="B19" s="4"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B20" s="5"/>
-[...13 lines deleted...]
-    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B20" s="4"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+    </row>
+    <row r="21" spans="1:5" ht="21" x14ac:dyDescent="0.25">
+      <c r="A21" s="42" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" s="8"/>
+      <c r="C21" s="9"/>
+      <c r="D21" s="9"/>
+      <c r="E21" s="9"/>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="1"/>
       <c r="B22" s="3"/>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
     </row>
-    <row r="23" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="1"/>
       <c r="B23" s="3"/>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
     </row>
-    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="1"/>
       <c r="B24" s="3"/>
       <c r="C24" s="1"/>
       <c r="D24" s="1"/>
       <c r="E24" s="1"/>
     </row>
-    <row r="25" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="1"/>
       <c r="B25" s="3"/>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="E25" s="1"/>
     </row>
-    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="1"/>
       <c r="B26" s="3"/>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
     </row>
-    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="1"/>
       <c r="B27" s="3"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
     </row>
-    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="1"/>
       <c r="B28" s="3"/>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
     </row>
-    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="3"/>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
     </row>
-    <row r="30" spans="1:5" ht="21" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-      <c r="A31" s="4"/>
+    <row r="30" spans="1:5" ht="21" x14ac:dyDescent="0.35">
+      <c r="A30" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="B30" s="10"/>
+      <c r="C30" s="7"/>
+      <c r="D30" s="7"/>
+      <c r="E30" s="7"/>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" s="2"/>
       <c r="B31" s="3"/>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
     </row>
-    <row r="32" spans="1:5" x14ac:dyDescent="0.3">
-[...41 lines deleted...]
-    <row r="38" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" s="2"/>
+      <c r="B32" s="4"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" s="2"/>
+      <c r="B33" s="4"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" s="2"/>
+      <c r="B34" s="4"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="2"/>
+      <c r="B35" s="4"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A36" s="2"/>
+      <c r="B36" s="4"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A37" s="2"/>
+      <c r="B37" s="4"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B38" s="5"/>
-[...13 lines deleted...]
-    <row r="40" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B38" s="4"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+    </row>
+    <row r="39" spans="1:5" ht="21" x14ac:dyDescent="0.25">
+      <c r="A39" s="42" t="s">
+        <v>46</v>
+      </c>
+      <c r="B39" s="8"/>
+      <c r="C39" s="9"/>
+      <c r="D39" s="9"/>
+      <c r="E39" s="9"/>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="1"/>
       <c r="B40" s="3"/>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
     </row>
-    <row r="41" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="1"/>
       <c r="B41" s="3"/>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
     </row>
-    <row r="42" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="1"/>
       <c r="B42" s="3"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
     </row>
-    <row r="43" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="1"/>
       <c r="B43" s="3"/>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
     </row>
-    <row r="44" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="1"/>
       <c r="B44" s="3"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
     </row>
-    <row r="45" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="1"/>
       <c r="B45" s="3"/>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
     </row>
-    <row r="46" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="1"/>
       <c r="B46" s="3"/>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
     </row>
-    <row r="47" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B47" s="3"/>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
     </row>
-    <row r="48" spans="1:5" ht="21" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-      <c r="A49" s="4"/>
+    <row r="48" spans="1:5" ht="21" x14ac:dyDescent="0.35">
+      <c r="A48" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="B48" s="10"/>
+      <c r="C48" s="7"/>
+      <c r="D48" s="7"/>
+      <c r="E48" s="7"/>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A49" s="2"/>
       <c r="B49" s="3"/>
       <c r="C49" s="1"/>
       <c r="D49" s="1"/>
       <c r="E49" s="1"/>
     </row>
-    <row r="50" spans="1:5" x14ac:dyDescent="0.3">
-[...41 lines deleted...]
-    <row r="56" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A50" s="2"/>
+      <c r="B50" s="4"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A51" s="2"/>
+      <c r="B51" s="4"/>
+      <c r="C51" s="2"/>
+      <c r="D51" s="2"/>
+      <c r="E51" s="2"/>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A52" s="2"/>
+      <c r="B52" s="4"/>
+      <c r="C52" s="2"/>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2"/>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A53" s="2"/>
+      <c r="B53" s="4"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A54" s="2"/>
+      <c r="B54" s="4"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A55" s="2"/>
+      <c r="B55" s="4"/>
+      <c r="C55" s="2"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2"/>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B56" s="5"/>
-[...13 lines deleted...]
-    <row r="58" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B56" s="4"/>
+      <c r="C56" s="2"/>
+      <c r="D56" s="2"/>
+      <c r="E56" s="2"/>
+    </row>
+    <row r="57" spans="1:5" ht="21" x14ac:dyDescent="0.25">
+      <c r="A57" s="42" t="s">
+        <v>48</v>
+      </c>
+      <c r="B57" s="8"/>
+      <c r="C57" s="9"/>
+      <c r="D57" s="9"/>
+      <c r="E57" s="9"/>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="1"/>
       <c r="B58" s="3"/>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
     </row>
-    <row r="59" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="1"/>
       <c r="B59" s="3"/>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
     </row>
-    <row r="60" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="1"/>
       <c r="B60" s="3"/>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
     </row>
-    <row r="61" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="1"/>
       <c r="B61" s="3"/>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
     </row>
-    <row r="62" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="1"/>
       <c r="B62" s="3"/>
       <c r="C62" s="1"/>
       <c r="D62" s="1"/>
       <c r="E62" s="1"/>
     </row>
-    <row r="63" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="1"/>
       <c r="B63" s="3"/>
       <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
     </row>
-    <row r="64" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="1"/>
       <c r="B64" s="3"/>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
     </row>
-    <row r="65" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B65" s="3"/>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
     </row>
-    <row r="66" spans="1:5" ht="21" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-      <c r="A67" s="4"/>
+    <row r="66" spans="1:5" ht="21" x14ac:dyDescent="0.35">
+      <c r="A66" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="B66" s="10"/>
+      <c r="C66" s="7"/>
+      <c r="D66" s="7"/>
+      <c r="E66" s="7"/>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A67" s="2"/>
       <c r="B67" s="3"/>
       <c r="C67" s="1"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1"/>
     </row>
-    <row r="68" spans="1:5" x14ac:dyDescent="0.3">
-[...41 lines deleted...]
-    <row r="74" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A68" s="2"/>
+      <c r="B68" s="4"/>
+      <c r="C68" s="2"/>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A69" s="2"/>
+      <c r="B69" s="4"/>
+      <c r="C69" s="2"/>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2"/>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A70" s="2"/>
+      <c r="B70" s="4"/>
+      <c r="C70" s="2"/>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2"/>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A71" s="2"/>
+      <c r="B71" s="4"/>
+      <c r="C71" s="2"/>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2"/>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A72" s="2"/>
+      <c r="B72" s="4"/>
+      <c r="C72" s="2"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A73" s="2"/>
+      <c r="B73" s="4"/>
+      <c r="C73" s="2"/>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2"/>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B74" s="5"/>
-[...13 lines deleted...]
-    <row r="76" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B74" s="4"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+    </row>
+    <row r="75" spans="1:5" ht="21" x14ac:dyDescent="0.25">
+      <c r="A75" s="42" t="s">
+        <v>50</v>
+      </c>
+      <c r="B75" s="8"/>
+      <c r="C75" s="9"/>
+      <c r="D75" s="9"/>
+      <c r="E75" s="9"/>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="1"/>
       <c r="B76" s="3"/>
       <c r="C76" s="1"/>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
     </row>
-    <row r="77" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="1"/>
       <c r="B77" s="3"/>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
     </row>
-    <row r="78" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="1"/>
       <c r="B78" s="3"/>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
     </row>
-    <row r="79" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="1"/>
       <c r="B79" s="3"/>
       <c r="C79" s="1"/>
       <c r="D79" s="1"/>
       <c r="E79" s="1"/>
     </row>
-    <row r="80" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="1"/>
       <c r="B80" s="3"/>
       <c r="C80" s="1"/>
       <c r="D80" s="1"/>
       <c r="E80" s="1"/>
     </row>
-    <row r="81" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="1"/>
       <c r="B81" s="3"/>
       <c r="C81" s="1"/>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
     </row>
-    <row r="82" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="1"/>
       <c r="B82" s="3"/>
       <c r="C82" s="1"/>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
     </row>
-    <row r="83" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B83" s="3"/>
       <c r="C83" s="1"/>
       <c r="D83" s="1"/>
       <c r="E83" s="1"/>
     </row>
-    <row r="84" spans="1:5" ht="21" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-      <c r="A85" s="4"/>
+    <row r="84" spans="1:5" ht="21" x14ac:dyDescent="0.35">
+      <c r="A84" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="B84" s="10"/>
+      <c r="C84" s="7"/>
+      <c r="D84" s="7"/>
+      <c r="E84" s="7"/>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A85" s="2"/>
       <c r="B85" s="3"/>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
     </row>
-    <row r="86" spans="1:5" x14ac:dyDescent="0.3">
-[...41 lines deleted...]
-    <row r="92" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A86" s="2"/>
+      <c r="B86" s="4"/>
+      <c r="C86" s="2"/>
+      <c r="D86" s="2"/>
+      <c r="E86" s="2"/>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A87" s="2"/>
+      <c r="B87" s="4"/>
+      <c r="C87" s="2"/>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2"/>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A88" s="2"/>
+      <c r="B88" s="4"/>
+      <c r="C88" s="2"/>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2"/>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A89" s="2"/>
+      <c r="B89" s="4"/>
+      <c r="C89" s="2"/>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2"/>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A90" s="2"/>
+      <c r="B90" s="4"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A91" s="2"/>
+      <c r="B91" s="4"/>
+      <c r="C91" s="2"/>
+      <c r="D91" s="2"/>
+      <c r="E91" s="2"/>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B92" s="5"/>
-[...2 lines deleted...]
-      <c r="E92" s="4"/>
+      <c r="B92" s="4"/>
+      <c r="C92" s="2"/>
+      <c r="D92" s="2"/>
+      <c r="E92" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:O126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A20" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D26" sqref="D26"/>
+      <pane ySplit="3" topLeftCell="A36" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C37" sqref="C37"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.109375" style="15" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="16" max="16384" width="8.88671875" style="15"/>
+    <col min="1" max="1" width="20.140625" style="12" customWidth="1"/>
+    <col min="2" max="2" width="27.28515625" style="12" customWidth="1"/>
+    <col min="3" max="3" width="30.7109375" style="12" customWidth="1"/>
+    <col min="4" max="4" width="13.28515625" style="12" customWidth="1"/>
+    <col min="5" max="6" width="15.7109375" style="12" customWidth="1"/>
+    <col min="7" max="7" width="33.28515625" style="12" customWidth="1"/>
+    <col min="8" max="8" width="15.7109375" style="12" customWidth="1"/>
+    <col min="9" max="9" width="33.28515625" style="12" customWidth="1"/>
+    <col min="10" max="10" width="15.7109375" style="12" customWidth="1"/>
+    <col min="11" max="11" width="33.28515625" style="12" customWidth="1"/>
+    <col min="12" max="12" width="15.7109375" style="12" customWidth="1"/>
+    <col min="13" max="13" width="33.28515625" style="12" customWidth="1"/>
+    <col min="14" max="14" width="15.7109375" style="12" customWidth="1"/>
+    <col min="15" max="15" width="33.28515625" style="12" customWidth="1"/>
+    <col min="16" max="16384" width="8.85546875" style="12"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B1" s="72" t="s">
+    <row r="1" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B1" s="71" t="s">
         <v>19</v>
       </c>
-      <c r="C1" s="72"/>
-[...30 lines deleted...]
-      <c r="A3" s="42" t="s">
+      <c r="C1" s="71"/>
+      <c r="D1" s="71"/>
+      <c r="E1" s="71"/>
+      <c r="F1" s="71"/>
+      <c r="G1" s="71"/>
+      <c r="H1" s="71"/>
+      <c r="I1" s="71"/>
+      <c r="J1" s="71"/>
+      <c r="K1" s="71"/>
+      <c r="L1" s="71"/>
+      <c r="M1" s="71"/>
+      <c r="N1" s="71"/>
+      <c r="O1" s="71"/>
+    </row>
+    <row r="2" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
+      <c r="F2" s="21"/>
+      <c r="G2" s="21"/>
+      <c r="H2" s="21"/>
+      <c r="I2" s="21"/>
+      <c r="J2" s="21"/>
+      <c r="K2" s="21"/>
+      <c r="L2" s="21"/>
+      <c r="M2" s="21"/>
+      <c r="N2" s="21"/>
+      <c r="O2" s="21"/>
+    </row>
+    <row r="3" spans="1:15" s="14" customFormat="1" ht="93.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="40" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="41" t="s">
+      <c r="B3" s="39" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="41" t="s">
+      <c r="C3" s="39" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="41" t="s">
+      <c r="D3" s="39" t="s">
         <v>7</v>
       </c>
-      <c r="E3" s="41" t="s">
+      <c r="E3" s="39" t="s">
         <v>8</v>
       </c>
-      <c r="F3" s="41" t="s">
+      <c r="F3" s="39" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" s="39" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" s="39" t="s">
         <v>36</v>
       </c>
-      <c r="G3" s="41" t="s">
+      <c r="I3" s="39" t="s">
         <v>31</v>
       </c>
-      <c r="H3" s="41" t="s">
+      <c r="J3" s="39" t="s">
         <v>37</v>
       </c>
-      <c r="I3" s="41" t="s">
+      <c r="K3" s="39" t="s">
         <v>32</v>
       </c>
-      <c r="J3" s="41" t="s">
+      <c r="L3" s="39" t="s">
         <v>38</v>
       </c>
-      <c r="K3" s="41" t="s">
+      <c r="M3" s="39" t="s">
         <v>33</v>
       </c>
-      <c r="L3" s="41" t="s">
+      <c r="N3" s="39" t="s">
         <v>39</v>
       </c>
-      <c r="M3" s="41" t="s">
+      <c r="O3" s="39" t="s">
         <v>34</v>
       </c>
-      <c r="N3" s="41" t="s">
-[...13 lines deleted...]
-      <c r="C4" s="31" t="s">
+    </row>
+    <row r="4" spans="1:15" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A4" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="34" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="69"/>
-[...16 lines deleted...]
-      <c r="D5" s="8" t="s">
+      <c r="D4" s="68"/>
+      <c r="E4" s="69"/>
+      <c r="F4" s="69"/>
+      <c r="G4" s="69"/>
+      <c r="H4" s="69"/>
+      <c r="I4" s="69"/>
+      <c r="J4" s="69"/>
+      <c r="K4" s="69"/>
+      <c r="L4" s="69"/>
+      <c r="M4" s="69"/>
+      <c r="N4" s="69"/>
+      <c r="O4" s="70"/>
+    </row>
+    <row r="5" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="26"/>
+      <c r="B5" s="30"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="30" t="s">
+      <c r="E5" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="F5" s="30" t="s">
+      <c r="F5" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="G5" s="8"/>
-      <c r="H5" s="30" t="s">
+      <c r="G5" s="7"/>
+      <c r="H5" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="I5" s="8"/>
-      <c r="J5" s="30" t="s">
+      <c r="I5" s="7"/>
+      <c r="J5" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="8"/>
-      <c r="L5" s="30" t="s">
+      <c r="K5" s="7"/>
+      <c r="L5" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="M5" s="8"/>
-      <c r="N5" s="30" t="s">
+      <c r="M5" s="7"/>
+      <c r="N5" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="O5" s="8"/>
-[...5 lines deleted...]
-      <c r="D6" s="8" t="s">
+      <c r="O5" s="7"/>
+    </row>
+    <row r="6" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="26"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="29"/>
+      <c r="D6" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="8"/>
-[...15 lines deleted...]
-      <c r="D7" s="8" t="s">
+      <c r="E6" s="7"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7"/>
+      <c r="H6" s="7"/>
+      <c r="I6" s="7"/>
+      <c r="J6" s="7"/>
+      <c r="K6" s="7"/>
+      <c r="L6" s="7"/>
+      <c r="M6" s="7"/>
+      <c r="N6" s="7"/>
+      <c r="O6" s="7"/>
+    </row>
+    <row r="7" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="26"/>
+      <c r="B7" s="30"/>
+      <c r="C7" s="29"/>
+      <c r="D7" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="E7" s="8"/>
-[...15 lines deleted...]
-      <c r="D8" s="8" t="s">
+      <c r="E7" s="7"/>
+      <c r="F7" s="7"/>
+      <c r="G7" s="7"/>
+      <c r="H7" s="7"/>
+      <c r="I7" s="7"/>
+      <c r="J7" s="7"/>
+      <c r="K7" s="7"/>
+      <c r="L7" s="7"/>
+      <c r="M7" s="7"/>
+      <c r="N7" s="7"/>
+      <c r="O7" s="7"/>
+    </row>
+    <row r="8" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="26"/>
+      <c r="B8" s="30"/>
+      <c r="C8" s="29"/>
+      <c r="D8" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E8" s="8"/>
-[...15 lines deleted...]
-      <c r="D9" s="8" t="s">
+      <c r="E8" s="7"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+      <c r="H8" s="7"/>
+      <c r="I8" s="7"/>
+      <c r="J8" s="7"/>
+      <c r="K8" s="7"/>
+      <c r="L8" s="7"/>
+      <c r="M8" s="7"/>
+      <c r="N8" s="7"/>
+      <c r="O8" s="7"/>
+    </row>
+    <row r="9" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="26"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="29"/>
+      <c r="D9" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="E9" s="8"/>
-[...103 lines deleted...]
-      <c r="C15" s="33" t="s">
+      <c r="E9" s="7"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="7"/>
+      <c r="H9" s="7"/>
+      <c r="I9" s="7"/>
+      <c r="J9" s="7"/>
+      <c r="K9" s="7"/>
+      <c r="L9" s="7"/>
+      <c r="M9" s="7"/>
+      <c r="N9" s="7"/>
+      <c r="O9" s="7"/>
+    </row>
+    <row r="10" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="26"/>
+      <c r="B10" s="41"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="7"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="7"/>
+      <c r="I10" s="7"/>
+      <c r="J10" s="7"/>
+      <c r="K10" s="7"/>
+      <c r="L10" s="7"/>
+      <c r="M10" s="7"/>
+      <c r="N10" s="7"/>
+      <c r="O10" s="7"/>
+    </row>
+    <row r="11" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="26"/>
+      <c r="B11" s="41"/>
+      <c r="C11" s="29"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="7"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="7"/>
+      <c r="I11" s="7"/>
+      <c r="J11" s="7"/>
+      <c r="K11" s="7"/>
+      <c r="L11" s="7"/>
+      <c r="M11" s="7"/>
+      <c r="N11" s="7"/>
+      <c r="O11" s="7"/>
+    </row>
+    <row r="12" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="26"/>
+      <c r="B12" s="41"/>
+      <c r="C12" s="29"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="7"/>
+      <c r="F12" s="7"/>
+      <c r="G12" s="7"/>
+      <c r="H12" s="7"/>
+      <c r="I12" s="7"/>
+      <c r="J12" s="7"/>
+      <c r="K12" s="7"/>
+      <c r="L12" s="7"/>
+      <c r="M12" s="7"/>
+      <c r="N12" s="7"/>
+      <c r="O12" s="7"/>
+    </row>
+    <row r="13" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="26"/>
+      <c r="B13" s="41"/>
+      <c r="C13" s="29"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="7"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="7"/>
+      <c r="I13" s="7"/>
+      <c r="J13" s="7"/>
+      <c r="K13" s="7"/>
+      <c r="L13" s="7"/>
+      <c r="M13" s="7"/>
+      <c r="N13" s="7"/>
+      <c r="O13" s="7"/>
+    </row>
+    <row r="14" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="27"/>
+      <c r="B14" s="41"/>
+      <c r="C14" s="29"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="7"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="7"/>
+      <c r="I14" s="7"/>
+      <c r="J14" s="7"/>
+      <c r="K14" s="7"/>
+      <c r="L14" s="7"/>
+      <c r="M14" s="7"/>
+      <c r="N14" s="7"/>
+      <c r="O14" s="7"/>
+    </row>
+    <row r="15" spans="1:15" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="B15" s="35" t="s">
+        <v>56</v>
+      </c>
+      <c r="C15" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="D15" s="66"/>
-[...16 lines deleted...]
-      <c r="D16" s="12" t="s">
+      <c r="D15" s="65"/>
+      <c r="E15" s="66"/>
+      <c r="F15" s="66"/>
+      <c r="G15" s="66"/>
+      <c r="H15" s="66"/>
+      <c r="I15" s="66"/>
+      <c r="J15" s="66"/>
+      <c r="K15" s="66"/>
+      <c r="L15" s="66"/>
+      <c r="M15" s="66"/>
+      <c r="N15" s="66"/>
+      <c r="O15" s="67"/>
+    </row>
+    <row r="16" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="26"/>
+      <c r="B16" s="32"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E16" s="39" t="s">
+      <c r="E16" s="37" t="s">
         <v>14</v>
       </c>
-      <c r="F16" s="40" t="s">
+      <c r="F16" s="38" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="1"/>
-      <c r="H16" s="40" t="s">
+      <c r="H16" s="38" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="1"/>
-      <c r="J16" s="40" t="s">
+      <c r="J16" s="38" t="s">
         <v>14</v>
       </c>
       <c r="K16" s="1"/>
-      <c r="L16" s="40" t="s">
+      <c r="L16" s="38" t="s">
         <v>14</v>
       </c>
       <c r="M16" s="1"/>
-      <c r="N16" s="40" t="s">
+      <c r="N16" s="38" t="s">
         <v>14</v>
       </c>
       <c r="O16" s="1"/>
     </row>
-    <row r="17" spans="1:15" ht="15.6" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="D17" s="12" t="s">
+    <row r="17" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="26"/>
+      <c r="B17" s="32"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E17" s="12"/>
+      <c r="E17" s="11"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
     </row>
-    <row r="18" spans="1:15" ht="15.6" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="D18" s="12" t="s">
+    <row r="18" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="26"/>
+      <c r="B18" s="32"/>
+      <c r="C18" s="31"/>
+      <c r="D18" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="E18" s="12"/>
+      <c r="E18" s="11"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
     </row>
-    <row r="19" spans="1:15" ht="15.6" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="D19" s="12" t="s">
+    <row r="19" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="26"/>
+      <c r="B19" s="32"/>
+      <c r="C19" s="31"/>
+      <c r="D19" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="E19" s="12"/>
+      <c r="E19" s="11"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
     </row>
-    <row r="20" spans="1:15" ht="15.6" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="D20" s="12" t="s">
+    <row r="20" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="26"/>
+      <c r="B20" s="32"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="E20" s="12"/>
+      <c r="E20" s="11"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
     </row>
-    <row r="21" spans="1:15" ht="15.6" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E21" s="12"/>
+    <row r="21" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="26"/>
+      <c r="B21" s="32"/>
+      <c r="C21" s="31"/>
+      <c r="D21" s="11"/>
+      <c r="E21" s="11"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
     </row>
-    <row r="22" spans="1:15" ht="15.6" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E22" s="12"/>
+    <row r="22" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="26"/>
+      <c r="B22" s="32"/>
+      <c r="C22" s="31"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="11"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
     </row>
-    <row r="23" spans="1:15" ht="15.6" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E23" s="12"/>
+    <row r="23" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="26"/>
+      <c r="B23" s="32"/>
+      <c r="C23" s="31"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="11"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
     </row>
-    <row r="24" spans="1:15" ht="15.6" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E24" s="12"/>
+    <row r="24" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="26"/>
+      <c r="B24" s="32"/>
+      <c r="C24" s="31"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="11"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
     </row>
-    <row r="25" spans="1:15" ht="15.6" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E25" s="12"/>
+    <row r="25" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="26"/>
+      <c r="B25" s="32"/>
+      <c r="C25" s="31"/>
+      <c r="D25" s="11"/>
+      <c r="E25" s="11"/>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
     </row>
-    <row r="26" spans="1:15" ht="46.8" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C26" s="31" t="s">
+    <row r="26" spans="1:15" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A26" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="B26" s="34" t="s">
+        <v>54</v>
+      </c>
+      <c r="C26" s="29" t="s">
+        <v>57</v>
+      </c>
+      <c r="D26" s="16"/>
+      <c r="E26" s="17"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="17"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="17"/>
+      <c r="K26" s="18"/>
+      <c r="L26" s="17"/>
+      <c r="M26" s="18"/>
+      <c r="N26" s="17"/>
+      <c r="O26" s="18"/>
+    </row>
+    <row r="27" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="26"/>
+      <c r="B27" s="30"/>
+      <c r="C27" s="29"/>
+      <c r="D27" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="E27" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" s="7"/>
+      <c r="H27" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="I27" s="7"/>
+      <c r="J27" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="K27" s="7"/>
+      <c r="L27" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="M27" s="7"/>
+      <c r="N27" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="O27" s="7"/>
+    </row>
+    <row r="28" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="26"/>
+      <c r="B28" s="30"/>
+      <c r="C28" s="29"/>
+      <c r="D28" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E28" s="7"/>
+      <c r="F28" s="7"/>
+      <c r="G28" s="7"/>
+      <c r="H28" s="7"/>
+      <c r="I28" s="7"/>
+      <c r="J28" s="7"/>
+      <c r="K28" s="7"/>
+      <c r="L28" s="7"/>
+      <c r="M28" s="7"/>
+      <c r="N28" s="7"/>
+      <c r="O28" s="7"/>
+    </row>
+    <row r="29" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="26"/>
+      <c r="B29" s="30"/>
+      <c r="C29" s="29"/>
+      <c r="D29" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="E29" s="7"/>
+      <c r="F29" s="7"/>
+      <c r="G29" s="7"/>
+      <c r="H29" s="7"/>
+      <c r="I29" s="7"/>
+      <c r="J29" s="7"/>
+      <c r="K29" s="7"/>
+      <c r="L29" s="7"/>
+      <c r="M29" s="7"/>
+      <c r="N29" s="7"/>
+      <c r="O29" s="7"/>
+    </row>
+    <row r="30" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="26"/>
+      <c r="B30" s="30"/>
+      <c r="C30" s="29"/>
+      <c r="D30" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" s="7"/>
+      <c r="F30" s="7"/>
+      <c r="G30" s="7"/>
+      <c r="H30" s="7"/>
+      <c r="I30" s="7"/>
+      <c r="J30" s="7"/>
+      <c r="K30" s="7"/>
+      <c r="L30" s="7"/>
+      <c r="M30" s="7"/>
+      <c r="N30" s="7"/>
+      <c r="O30" s="7"/>
+    </row>
+    <row r="31" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A31" s="26"/>
+      <c r="B31" s="30"/>
+      <c r="C31" s="29"/>
+      <c r="D31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" s="7"/>
+      <c r="F31" s="7"/>
+      <c r="G31" s="7"/>
+      <c r="H31" s="7"/>
+      <c r="I31" s="7"/>
+      <c r="J31" s="7"/>
+      <c r="K31" s="7"/>
+      <c r="L31" s="7"/>
+      <c r="M31" s="7"/>
+      <c r="N31" s="7"/>
+      <c r="O31" s="7"/>
+    </row>
+    <row r="32" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A32" s="26"/>
+      <c r="B32" s="30"/>
+      <c r="C32" s="29"/>
+      <c r="D32" s="7"/>
+      <c r="E32" s="7"/>
+      <c r="F32" s="7"/>
+      <c r="G32" s="7"/>
+      <c r="H32" s="7"/>
+      <c r="I32" s="7"/>
+      <c r="J32" s="7"/>
+      <c r="K32" s="7"/>
+      <c r="L32" s="7"/>
+      <c r="M32" s="7"/>
+      <c r="N32" s="7"/>
+      <c r="O32" s="7"/>
+    </row>
+    <row r="33" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="26"/>
+      <c r="B33" s="30"/>
+      <c r="C33" s="29"/>
+      <c r="D33" s="7"/>
+      <c r="E33" s="7"/>
+      <c r="F33" s="7"/>
+      <c r="G33" s="7"/>
+      <c r="H33" s="7"/>
+      <c r="I33" s="7"/>
+      <c r="J33" s="7"/>
+      <c r="K33" s="7"/>
+      <c r="L33" s="7"/>
+      <c r="M33" s="7"/>
+      <c r="N33" s="7"/>
+      <c r="O33" s="7"/>
+    </row>
+    <row r="34" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A34" s="26"/>
+      <c r="B34" s="30"/>
+      <c r="C34" s="29"/>
+      <c r="D34" s="7"/>
+      <c r="E34" s="7"/>
+      <c r="F34" s="7"/>
+      <c r="G34" s="7"/>
+      <c r="H34" s="7"/>
+      <c r="I34" s="7"/>
+      <c r="J34" s="7"/>
+      <c r="K34" s="7"/>
+      <c r="L34" s="7"/>
+      <c r="M34" s="7"/>
+      <c r="N34" s="7"/>
+      <c r="O34" s="7"/>
+    </row>
+    <row r="35" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A35" s="26"/>
+      <c r="B35" s="30"/>
+      <c r="C35" s="29"/>
+      <c r="D35" s="7"/>
+      <c r="E35" s="7"/>
+      <c r="F35" s="7"/>
+      <c r="G35" s="7"/>
+      <c r="H35" s="7"/>
+      <c r="I35" s="7"/>
+      <c r="J35" s="7"/>
+      <c r="K35" s="7"/>
+      <c r="L35" s="7"/>
+      <c r="M35" s="7"/>
+      <c r="N35" s="7"/>
+      <c r="O35" s="7"/>
+    </row>
+    <row r="36" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A36" s="27"/>
+      <c r="B36" s="30"/>
+      <c r="C36" s="29"/>
+      <c r="D36" s="7"/>
+      <c r="E36" s="7"/>
+      <c r="F36" s="7"/>
+      <c r="G36" s="7"/>
+      <c r="H36" s="7"/>
+      <c r="I36" s="7"/>
+      <c r="J36" s="7"/>
+      <c r="K36" s="7"/>
+      <c r="L36" s="7"/>
+      <c r="M36" s="7"/>
+      <c r="N36" s="7"/>
+      <c r="O36" s="7"/>
+    </row>
+    <row r="37" spans="1:15" s="15" customFormat="1" ht="170.25" x14ac:dyDescent="0.25">
+      <c r="A37" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="B37" s="36" t="s">
+        <v>22</v>
+      </c>
+      <c r="C37" s="44" t="s">
         <v>58</v>
       </c>
-      <c r="D26" s="18"/>
-[...16 lines deleted...]
-      <c r="D27" s="8" t="s">
+      <c r="D37" s="65"/>
+      <c r="E37" s="66"/>
+      <c r="F37" s="66"/>
+      <c r="G37" s="66"/>
+      <c r="H37" s="66"/>
+      <c r="I37" s="66"/>
+      <c r="J37" s="66"/>
+      <c r="K37" s="66"/>
+      <c r="L37" s="66"/>
+      <c r="M37" s="66"/>
+      <c r="N37" s="66"/>
+      <c r="O37" s="67"/>
+    </row>
+    <row r="38" spans="1:15" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="26"/>
+      <c r="B38" s="32"/>
+      <c r="C38" s="33"/>
+      <c r="D38" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E27" s="30" t="s">
-[...27 lines deleted...]
-      <c r="D28" s="8" t="s">
+      <c r="E38" s="45" t="s">
+        <v>59</v>
+      </c>
+      <c r="F38" s="38" t="s">
+        <v>24</v>
+      </c>
+      <c r="G38" s="11"/>
+      <c r="H38" s="38" t="s">
+        <v>9</v>
+      </c>
+      <c r="I38" s="11"/>
+      <c r="J38" s="38" t="s">
+        <v>9</v>
+      </c>
+      <c r="K38" s="11"/>
+      <c r="L38" s="38" t="s">
+        <v>9</v>
+      </c>
+      <c r="M38" s="11"/>
+      <c r="N38" s="38" t="s">
+        <v>9</v>
+      </c>
+      <c r="O38" s="11"/>
+    </row>
+    <row r="39" spans="1:15" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="26"/>
+      <c r="B39" s="32"/>
+      <c r="C39" s="33"/>
+      <c r="D39" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E28" s="8"/>
-[...15 lines deleted...]
-      <c r="D29" s="8" t="s">
+      <c r="E39" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F39" s="1"/>
+      <c r="G39" s="11"/>
+      <c r="H39" s="1"/>
+      <c r="I39" s="11"/>
+      <c r="J39" s="1"/>
+      <c r="K39" s="11"/>
+      <c r="L39" s="1"/>
+      <c r="M39" s="11"/>
+      <c r="N39" s="1"/>
+      <c r="O39" s="11"/>
+    </row>
+    <row r="40" spans="1:15" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="26"/>
+      <c r="B40" s="32"/>
+      <c r="C40" s="33"/>
+      <c r="D40" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="E29" s="8"/>
-[...15 lines deleted...]
-      <c r="D30" s="8" t="s">
+      <c r="E40" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F40" s="1"/>
+      <c r="G40" s="11"/>
+      <c r="H40" s="1"/>
+      <c r="I40" s="11"/>
+      <c r="J40" s="1"/>
+      <c r="K40" s="11"/>
+      <c r="L40" s="1"/>
+      <c r="M40" s="11"/>
+      <c r="N40" s="1"/>
+      <c r="O40" s="11"/>
+    </row>
+    <row r="41" spans="1:15" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A41" s="26"/>
+      <c r="B41" s="32"/>
+      <c r="C41" s="33"/>
+      <c r="D41" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="E30" s="8"/>
-[...15 lines deleted...]
-      <c r="D31" s="8" t="s">
+      <c r="E41" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F41" s="11"/>
+      <c r="G41" s="11"/>
+      <c r="H41" s="11"/>
+      <c r="I41" s="11"/>
+      <c r="J41" s="11"/>
+      <c r="K41" s="11"/>
+      <c r="L41" s="11"/>
+      <c r="M41" s="11"/>
+      <c r="N41" s="11"/>
+      <c r="O41" s="11"/>
+    </row>
+    <row r="42" spans="1:15" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="26"/>
+      <c r="B42" s="32"/>
+      <c r="C42" s="33"/>
+      <c r="D42" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="E31" s="8"/>
-[...312 lines deleted...]
-      <c r="A48" s="26" t="s">
+      <c r="E42" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F42" s="11"/>
+      <c r="G42" s="11"/>
+      <c r="H42" s="11"/>
+      <c r="I42" s="11"/>
+      <c r="J42" s="11"/>
+      <c r="K42" s="11"/>
+      <c r="L42" s="11"/>
+      <c r="M42" s="11"/>
+      <c r="N42" s="11"/>
+      <c r="O42" s="11"/>
+    </row>
+    <row r="43" spans="1:15" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A43" s="26"/>
+      <c r="B43" s="32"/>
+      <c r="C43" s="33"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="11"/>
+      <c r="G43" s="11"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
+      <c r="O43" s="11"/>
+    </row>
+    <row r="44" spans="1:15" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A44" s="26"/>
+      <c r="B44" s="32"/>
+      <c r="C44" s="33"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="11"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+      <c r="L44" s="11"/>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
+      <c r="O44" s="11"/>
+    </row>
+    <row r="45" spans="1:15" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="26"/>
+      <c r="B45" s="32"/>
+      <c r="C45" s="33"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
+      <c r="O45" s="11"/>
+    </row>
+    <row r="46" spans="1:15" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A46" s="26"/>
+      <c r="B46" s="32"/>
+      <c r="C46" s="33"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="11"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
+      <c r="O46" s="11"/>
+    </row>
+    <row r="47" spans="1:15" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="26"/>
+      <c r="B47" s="32"/>
+      <c r="C47" s="33"/>
+      <c r="D47" s="11"/>
+      <c r="E47" s="11"/>
+      <c r="F47" s="11"/>
+      <c r="G47" s="11"/>
+      <c r="H47" s="11"/>
+      <c r="I47" s="11"/>
+      <c r="J47" s="11"/>
+      <c r="K47" s="11"/>
+      <c r="L47" s="11"/>
+      <c r="M47" s="11"/>
+      <c r="N47" s="11"/>
+      <c r="O47" s="11"/>
+    </row>
+    <row r="48" spans="1:15" ht="63" x14ac:dyDescent="0.35">
+      <c r="A48" s="24" t="s">
         <v>12</v>
       </c>
-      <c r="B48" s="25" t="s">
+      <c r="B48" s="23" t="s">
         <v>0</v>
       </c>
-      <c r="C48" s="25" t="s">
+      <c r="C48" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="D48" s="69"/>
-[...13 lines deleted...]
-      <c r="A49" s="27" t="s">
+      <c r="D48" s="68"/>
+      <c r="E48" s="69"/>
+      <c r="F48" s="69"/>
+      <c r="G48" s="69"/>
+      <c r="H48" s="69"/>
+      <c r="I48" s="69"/>
+      <c r="J48" s="69"/>
+      <c r="K48" s="69"/>
+      <c r="L48" s="69"/>
+      <c r="M48" s="69"/>
+      <c r="N48" s="69"/>
+      <c r="O48" s="70"/>
+    </row>
+    <row r="49" spans="1:15" ht="58.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="B49" s="54" t="s">
+      <c r="B49" s="53" t="s">
+        <v>40</v>
+      </c>
+      <c r="C49" s="56" t="s">
         <v>41</v>
       </c>
-      <c r="C49" s="57" t="s">
-[...18 lines deleted...]
-      <c r="C50" s="58"/>
+      <c r="D49" s="72"/>
+      <c r="E49" s="73"/>
+      <c r="F49" s="73"/>
+      <c r="G49" s="73"/>
+      <c r="H49" s="73"/>
+      <c r="I49" s="73"/>
+      <c r="J49" s="73"/>
+      <c r="K49" s="73"/>
+      <c r="L49" s="73"/>
+      <c r="M49" s="73"/>
+      <c r="N49" s="73"/>
+      <c r="O49" s="74"/>
+    </row>
+    <row r="50" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A50" s="26"/>
+      <c r="B50" s="54"/>
+      <c r="C50" s="57"/>
       <c r="D50" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E50" s="24" t="s">
+      <c r="E50" s="22" t="s">
         <v>15</v>
       </c>
-      <c r="F50" s="24" t="s">
+      <c r="F50" s="22" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="2"/>
-      <c r="H50" s="24" t="s">
+      <c r="H50" s="22" t="s">
         <v>13</v>
       </c>
       <c r="I50" s="2"/>
-      <c r="J50" s="24" t="s">
+      <c r="J50" s="22" t="s">
         <v>13</v>
       </c>
       <c r="K50" s="2"/>
-      <c r="L50" s="24" t="s">
+      <c r="L50" s="22" t="s">
         <v>13</v>
       </c>
       <c r="M50" s="2"/>
-      <c r="N50" s="24" t="s">
+      <c r="N50" s="22" t="s">
         <v>13</v>
       </c>
       <c r="O50" s="2"/>
     </row>
-    <row r="51" spans="1:15" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C51" s="58"/>
+    <row r="51" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A51" s="26"/>
+      <c r="B51" s="54"/>
+      <c r="C51" s="57"/>
       <c r="D51" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
       <c r="J51" s="2"/>
       <c r="K51" s="2"/>
       <c r="L51" s="2"/>
       <c r="M51" s="2"/>
       <c r="N51" s="2"/>
       <c r="O51" s="2"/>
     </row>
-    <row r="52" spans="1:15" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C52" s="58"/>
+    <row r="52" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A52" s="26"/>
+      <c r="B52" s="54"/>
+      <c r="C52" s="57"/>
       <c r="D52" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
       <c r="J52" s="2"/>
       <c r="K52" s="2"/>
       <c r="L52" s="2"/>
       <c r="M52" s="2"/>
       <c r="N52" s="2"/>
       <c r="O52" s="2"/>
     </row>
-    <row r="53" spans="1:15" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C53" s="58"/>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A53" s="26"/>
+      <c r="B53" s="54"/>
+      <c r="C53" s="57"/>
       <c r="D53" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
       <c r="J53" s="2"/>
       <c r="K53" s="2"/>
       <c r="L53" s="2"/>
       <c r="M53" s="2"/>
       <c r="N53" s="2"/>
       <c r="O53" s="2"/>
     </row>
-    <row r="54" spans="1:15" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C54" s="58"/>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A54" s="26"/>
+      <c r="B54" s="54"/>
+      <c r="C54" s="57"/>
       <c r="D54" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
       <c r="J54" s="2"/>
       <c r="K54" s="2"/>
       <c r="L54" s="2"/>
       <c r="M54" s="2"/>
       <c r="N54" s="2"/>
       <c r="O54" s="2"/>
     </row>
-    <row r="55" spans="1:15" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C55" s="58"/>
+    <row r="55" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A55" s="26"/>
+      <c r="B55" s="54"/>
+      <c r="C55" s="57"/>
       <c r="D55" s="2"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
       <c r="I55" s="2"/>
       <c r="J55" s="2"/>
       <c r="K55" s="2"/>
       <c r="L55" s="2"/>
       <c r="M55" s="2"/>
       <c r="N55" s="2"/>
       <c r="O55" s="2"/>
     </row>
-    <row r="56" spans="1:15" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C56" s="58"/>
+    <row r="56" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A56" s="26"/>
+      <c r="B56" s="54"/>
+      <c r="C56" s="57"/>
       <c r="D56" s="2"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
       <c r="I56" s="2"/>
       <c r="J56" s="2"/>
       <c r="K56" s="2"/>
       <c r="L56" s="2"/>
       <c r="M56" s="2"/>
       <c r="N56" s="2"/>
       <c r="O56" s="2"/>
     </row>
-    <row r="57" spans="1:15" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C57" s="58"/>
+    <row r="57" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A57" s="26"/>
+      <c r="B57" s="54"/>
+      <c r="C57" s="57"/>
       <c r="D57" s="2"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
       <c r="J57" s="2"/>
       <c r="K57" s="2"/>
       <c r="L57" s="2"/>
       <c r="M57" s="2"/>
       <c r="N57" s="2"/>
       <c r="O57" s="2"/>
     </row>
-    <row r="58" spans="1:15" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C58" s="58"/>
+    <row r="58" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A58" s="26"/>
+      <c r="B58" s="54"/>
+      <c r="C58" s="57"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
       <c r="J58" s="2"/>
       <c r="K58" s="2"/>
       <c r="L58" s="2"/>
       <c r="M58" s="2"/>
       <c r="N58" s="2"/>
       <c r="O58" s="2"/>
     </row>
-    <row r="59" spans="1:15" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C59" s="59"/>
+    <row r="59" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A59" s="27"/>
+      <c r="B59" s="55"/>
+      <c r="C59" s="58"/>
       <c r="D59" s="2"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
       <c r="J59" s="2"/>
       <c r="K59" s="2"/>
       <c r="L59" s="2"/>
       <c r="M59" s="2"/>
       <c r="N59" s="2"/>
       <c r="O59" s="2"/>
     </row>
-    <row r="60" spans="1:15" ht="58.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="27" t="s">
+    <row r="60" spans="1:15" ht="58.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="B60" s="60" t="s">
+      <c r="B60" s="59" t="s">
         <v>17</v>
       </c>
-      <c r="C60" s="60" t="s">
+      <c r="C60" s="59" t="s">
         <v>23</v>
       </c>
-      <c r="D60" s="48"/>
-[...16 lines deleted...]
-      <c r="D61" s="8" t="s">
+      <c r="D60" s="47"/>
+      <c r="E60" s="48"/>
+      <c r="F60" s="48"/>
+      <c r="G60" s="48"/>
+      <c r="H60" s="48"/>
+      <c r="I60" s="48"/>
+      <c r="J60" s="48"/>
+      <c r="K60" s="48"/>
+      <c r="L60" s="48"/>
+      <c r="M60" s="48"/>
+      <c r="N60" s="48"/>
+      <c r="O60" s="49"/>
+    </row>
+    <row r="61" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A61" s="26"/>
+      <c r="B61" s="60"/>
+      <c r="C61" s="60"/>
+      <c r="D61" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="E61" s="21"/>
-[...15 lines deleted...]
-      <c r="D62" s="8" t="s">
+      <c r="E61" s="19"/>
+      <c r="F61" s="19"/>
+      <c r="G61" s="19"/>
+      <c r="H61" s="19"/>
+      <c r="I61" s="19"/>
+      <c r="J61" s="19"/>
+      <c r="K61" s="19"/>
+      <c r="L61" s="19"/>
+      <c r="M61" s="19"/>
+      <c r="N61" s="19"/>
+      <c r="O61" s="19"/>
+    </row>
+    <row r="62" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A62" s="26"/>
+      <c r="B62" s="60"/>
+      <c r="C62" s="60"/>
+      <c r="D62" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="E62" s="21"/>
-[...15 lines deleted...]
-      <c r="D63" s="8" t="s">
+      <c r="E62" s="19"/>
+      <c r="F62" s="19"/>
+      <c r="G62" s="19"/>
+      <c r="H62" s="19"/>
+      <c r="I62" s="19"/>
+      <c r="J62" s="19"/>
+      <c r="K62" s="19"/>
+      <c r="L62" s="19"/>
+      <c r="M62" s="19"/>
+      <c r="N62" s="19"/>
+      <c r="O62" s="19"/>
+    </row>
+    <row r="63" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A63" s="26"/>
+      <c r="B63" s="60"/>
+      <c r="C63" s="60"/>
+      <c r="D63" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="E63" s="21"/>
-[...15 lines deleted...]
-      <c r="D64" s="8" t="s">
+      <c r="E63" s="19"/>
+      <c r="F63" s="19"/>
+      <c r="G63" s="19"/>
+      <c r="H63" s="19"/>
+      <c r="I63" s="19"/>
+      <c r="J63" s="19"/>
+      <c r="K63" s="19"/>
+      <c r="L63" s="19"/>
+      <c r="M63" s="19"/>
+      <c r="N63" s="19"/>
+      <c r="O63" s="19"/>
+    </row>
+    <row r="64" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A64" s="26"/>
+      <c r="B64" s="60"/>
+      <c r="C64" s="60"/>
+      <c r="D64" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E64" s="21"/>
-[...15 lines deleted...]
-      <c r="D65" s="8" t="s">
+      <c r="E64" s="19"/>
+      <c r="F64" s="19"/>
+      <c r="G64" s="19"/>
+      <c r="H64" s="19"/>
+      <c r="I64" s="19"/>
+      <c r="J64" s="19"/>
+      <c r="K64" s="19"/>
+      <c r="L64" s="19"/>
+      <c r="M64" s="19"/>
+      <c r="N64" s="19"/>
+      <c r="O64" s="19"/>
+    </row>
+    <row r="65" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A65" s="26"/>
+      <c r="B65" s="60"/>
+      <c r="C65" s="60"/>
+      <c r="D65" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="E65" s="21"/>
-[...97 lines deleted...]
-      <c r="A71" s="27" t="s">
+      <c r="E65" s="19"/>
+      <c r="F65" s="19"/>
+      <c r="G65" s="19"/>
+      <c r="H65" s="19"/>
+      <c r="I65" s="19"/>
+      <c r="J65" s="19"/>
+      <c r="K65" s="19"/>
+      <c r="L65" s="19"/>
+      <c r="M65" s="19"/>
+      <c r="N65" s="19"/>
+      <c r="O65" s="19"/>
+    </row>
+    <row r="66" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A66" s="26"/>
+      <c r="B66" s="60"/>
+      <c r="C66" s="60"/>
+      <c r="D66" s="7"/>
+      <c r="E66" s="19"/>
+      <c r="F66" s="19"/>
+      <c r="G66" s="19"/>
+      <c r="H66" s="19"/>
+      <c r="I66" s="19"/>
+      <c r="J66" s="19"/>
+      <c r="K66" s="19"/>
+      <c r="L66" s="19"/>
+      <c r="M66" s="19"/>
+      <c r="N66" s="19"/>
+      <c r="O66" s="19"/>
+    </row>
+    <row r="67" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A67" s="26"/>
+      <c r="B67" s="60"/>
+      <c r="C67" s="60"/>
+      <c r="D67" s="7"/>
+      <c r="E67" s="19"/>
+      <c r="F67" s="19"/>
+      <c r="G67" s="19"/>
+      <c r="H67" s="19"/>
+      <c r="I67" s="19"/>
+      <c r="J67" s="19"/>
+      <c r="K67" s="19"/>
+      <c r="L67" s="19"/>
+      <c r="M67" s="19"/>
+      <c r="N67" s="19"/>
+      <c r="O67" s="19"/>
+    </row>
+    <row r="68" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A68" s="26"/>
+      <c r="B68" s="60"/>
+      <c r="C68" s="60"/>
+      <c r="D68" s="7"/>
+      <c r="E68" s="19"/>
+      <c r="F68" s="19"/>
+      <c r="G68" s="19"/>
+      <c r="H68" s="19"/>
+      <c r="I68" s="19"/>
+      <c r="J68" s="19"/>
+      <c r="K68" s="19"/>
+      <c r="L68" s="19"/>
+      <c r="M68" s="19"/>
+      <c r="N68" s="19"/>
+      <c r="O68" s="19"/>
+    </row>
+    <row r="69" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A69" s="26"/>
+      <c r="B69" s="60"/>
+      <c r="C69" s="60"/>
+      <c r="D69" s="7"/>
+      <c r="E69" s="19"/>
+      <c r="F69" s="19"/>
+      <c r="G69" s="19"/>
+      <c r="H69" s="19"/>
+      <c r="I69" s="19"/>
+      <c r="J69" s="19"/>
+      <c r="K69" s="19"/>
+      <c r="L69" s="19"/>
+      <c r="M69" s="19"/>
+      <c r="N69" s="19"/>
+      <c r="O69" s="19"/>
+    </row>
+    <row r="70" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A70" s="27"/>
+      <c r="B70" s="61"/>
+      <c r="C70" s="61"/>
+      <c r="D70" s="7"/>
+      <c r="E70" s="19"/>
+      <c r="F70" s="19"/>
+      <c r="G70" s="19"/>
+      <c r="H70" s="19"/>
+      <c r="I70" s="19"/>
+      <c r="J70" s="19"/>
+      <c r="K70" s="19"/>
+      <c r="L70" s="19"/>
+      <c r="M70" s="19"/>
+      <c r="N70" s="19"/>
+      <c r="O70" s="19"/>
+    </row>
+    <row r="71" spans="1:15" ht="58.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="B71" s="63" t="s">
+      <c r="B71" s="62" t="s">
         <v>17</v>
       </c>
-      <c r="C71" s="63" t="s">
+      <c r="C71" s="62" t="s">
         <v>18</v>
       </c>
-      <c r="D71" s="51"/>
-[...16 lines deleted...]
-      <c r="D72" s="12" t="s">
+      <c r="D71" s="50"/>
+      <c r="E71" s="51"/>
+      <c r="F71" s="51"/>
+      <c r="G71" s="51"/>
+      <c r="H71" s="51"/>
+      <c r="I71" s="51"/>
+      <c r="J71" s="51"/>
+      <c r="K71" s="51"/>
+      <c r="L71" s="51"/>
+      <c r="M71" s="51"/>
+      <c r="N71" s="51"/>
+      <c r="O71" s="52"/>
+    </row>
+    <row r="72" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A72" s="26"/>
+      <c r="B72" s="63"/>
+      <c r="C72" s="63"/>
+      <c r="D72" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E72" s="22"/>
-[...15 lines deleted...]
-      <c r="D73" s="12" t="s">
+      <c r="E72" s="20"/>
+      <c r="F72" s="20"/>
+      <c r="G72" s="20"/>
+      <c r="H72" s="20"/>
+      <c r="I72" s="20"/>
+      <c r="J72" s="20"/>
+      <c r="K72" s="20"/>
+      <c r="L72" s="20"/>
+      <c r="M72" s="20"/>
+      <c r="N72" s="20"/>
+      <c r="O72" s="20"/>
+    </row>
+    <row r="73" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A73" s="26"/>
+      <c r="B73" s="63"/>
+      <c r="C73" s="63"/>
+      <c r="D73" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E73" s="22"/>
-[...15 lines deleted...]
-      <c r="D74" s="12" t="s">
+      <c r="E73" s="20"/>
+      <c r="F73" s="20"/>
+      <c r="G73" s="20"/>
+      <c r="H73" s="20"/>
+      <c r="I73" s="20"/>
+      <c r="J73" s="20"/>
+      <c r="K73" s="20"/>
+      <c r="L73" s="20"/>
+      <c r="M73" s="20"/>
+      <c r="N73" s="20"/>
+      <c r="O73" s="20"/>
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A74" s="26"/>
+      <c r="B74" s="63"/>
+      <c r="C74" s="63"/>
+      <c r="D74" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="E74" s="22"/>
-[...15 lines deleted...]
-      <c r="D75" s="12" t="s">
+      <c r="E74" s="20"/>
+      <c r="F74" s="20"/>
+      <c r="G74" s="20"/>
+      <c r="H74" s="20"/>
+      <c r="I74" s="20"/>
+      <c r="J74" s="20"/>
+      <c r="K74" s="20"/>
+      <c r="L74" s="20"/>
+      <c r="M74" s="20"/>
+      <c r="N74" s="20"/>
+      <c r="O74" s="20"/>
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A75" s="26"/>
+      <c r="B75" s="63"/>
+      <c r="C75" s="63"/>
+      <c r="D75" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="E75" s="22"/>
-[...15 lines deleted...]
-      <c r="D76" s="12" t="s">
+      <c r="E75" s="20"/>
+      <c r="F75" s="20"/>
+      <c r="G75" s="20"/>
+      <c r="H75" s="20"/>
+      <c r="I75" s="20"/>
+      <c r="J75" s="20"/>
+      <c r="K75" s="20"/>
+      <c r="L75" s="20"/>
+      <c r="M75" s="20"/>
+      <c r="N75" s="20"/>
+      <c r="O75" s="20"/>
+    </row>
+    <row r="76" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A76" s="26"/>
+      <c r="B76" s="63"/>
+      <c r="C76" s="63"/>
+      <c r="D76" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="E76" s="22"/>
-[...97 lines deleted...]
-      <c r="A82" s="27" t="s">
+      <c r="E76" s="20"/>
+      <c r="F76" s="20"/>
+      <c r="G76" s="20"/>
+      <c r="H76" s="20"/>
+      <c r="I76" s="20"/>
+      <c r="J76" s="20"/>
+      <c r="K76" s="20"/>
+      <c r="L76" s="20"/>
+      <c r="M76" s="20"/>
+      <c r="N76" s="20"/>
+      <c r="O76" s="20"/>
+    </row>
+    <row r="77" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A77" s="26"/>
+      <c r="B77" s="63"/>
+      <c r="C77" s="63"/>
+      <c r="D77" s="11"/>
+      <c r="E77" s="20"/>
+      <c r="F77" s="20"/>
+      <c r="G77" s="20"/>
+      <c r="H77" s="20"/>
+      <c r="I77" s="20"/>
+      <c r="J77" s="20"/>
+      <c r="K77" s="20"/>
+      <c r="L77" s="20"/>
+      <c r="M77" s="20"/>
+      <c r="N77" s="20"/>
+      <c r="O77" s="20"/>
+    </row>
+    <row r="78" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A78" s="26"/>
+      <c r="B78" s="63"/>
+      <c r="C78" s="63"/>
+      <c r="D78" s="11"/>
+      <c r="E78" s="20"/>
+      <c r="F78" s="20"/>
+      <c r="G78" s="20"/>
+      <c r="H78" s="20"/>
+      <c r="I78" s="20"/>
+      <c r="J78" s="20"/>
+      <c r="K78" s="20"/>
+      <c r="L78" s="20"/>
+      <c r="M78" s="20"/>
+      <c r="N78" s="20"/>
+      <c r="O78" s="20"/>
+    </row>
+    <row r="79" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A79" s="26"/>
+      <c r="B79" s="63"/>
+      <c r="C79" s="63"/>
+      <c r="D79" s="11"/>
+      <c r="E79" s="20"/>
+      <c r="F79" s="20"/>
+      <c r="G79" s="20"/>
+      <c r="H79" s="20"/>
+      <c r="I79" s="20"/>
+      <c r="J79" s="20"/>
+      <c r="K79" s="20"/>
+      <c r="L79" s="20"/>
+      <c r="M79" s="20"/>
+      <c r="N79" s="20"/>
+      <c r="O79" s="20"/>
+    </row>
+    <row r="80" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A80" s="26"/>
+      <c r="B80" s="63"/>
+      <c r="C80" s="63"/>
+      <c r="D80" s="11"/>
+      <c r="E80" s="20"/>
+      <c r="F80" s="20"/>
+      <c r="G80" s="20"/>
+      <c r="H80" s="20"/>
+      <c r="I80" s="20"/>
+      <c r="J80" s="20"/>
+      <c r="K80" s="20"/>
+      <c r="L80" s="20"/>
+      <c r="M80" s="20"/>
+      <c r="N80" s="20"/>
+      <c r="O80" s="20"/>
+    </row>
+    <row r="81" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A81" s="27"/>
+      <c r="B81" s="64"/>
+      <c r="C81" s="64"/>
+      <c r="D81" s="11"/>
+      <c r="E81" s="20"/>
+      <c r="F81" s="20"/>
+      <c r="G81" s="20"/>
+      <c r="H81" s="20"/>
+      <c r="I81" s="20"/>
+      <c r="J81" s="20"/>
+      <c r="K81" s="20"/>
+      <c r="L81" s="20"/>
+      <c r="M81" s="20"/>
+      <c r="N81" s="20"/>
+      <c r="O81" s="20"/>
+    </row>
+    <row r="82" spans="1:15" ht="58.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="B82" s="60" t="s">
+      <c r="B82" s="59" t="s">
         <v>17</v>
       </c>
-      <c r="C82" s="60" t="s">
+      <c r="C82" s="59" t="s">
         <v>18</v>
       </c>
-      <c r="D82" s="48"/>
-[...16 lines deleted...]
-      <c r="D83" s="8" t="s">
+      <c r="D82" s="47"/>
+      <c r="E82" s="48"/>
+      <c r="F82" s="48"/>
+      <c r="G82" s="48"/>
+      <c r="H82" s="48"/>
+      <c r="I82" s="48"/>
+      <c r="J82" s="48"/>
+      <c r="K82" s="48"/>
+      <c r="L82" s="48"/>
+      <c r="M82" s="48"/>
+      <c r="N82" s="48"/>
+      <c r="O82" s="49"/>
+    </row>
+    <row r="83" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A83" s="26"/>
+      <c r="B83" s="60"/>
+      <c r="C83" s="60"/>
+      <c r="D83" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="E83" s="21"/>
-[...15 lines deleted...]
-      <c r="D84" s="8" t="s">
+      <c r="E83" s="19"/>
+      <c r="F83" s="19"/>
+      <c r="G83" s="19"/>
+      <c r="H83" s="19"/>
+      <c r="I83" s="19"/>
+      <c r="J83" s="19"/>
+      <c r="K83" s="19"/>
+      <c r="L83" s="19"/>
+      <c r="M83" s="19"/>
+      <c r="N83" s="19"/>
+      <c r="O83" s="19"/>
+    </row>
+    <row r="84" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A84" s="26"/>
+      <c r="B84" s="60"/>
+      <c r="C84" s="60"/>
+      <c r="D84" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="E84" s="21"/>
-[...15 lines deleted...]
-      <c r="D85" s="8" t="s">
+      <c r="E84" s="19"/>
+      <c r="F84" s="19"/>
+      <c r="G84" s="19"/>
+      <c r="H84" s="19"/>
+      <c r="I84" s="19"/>
+      <c r="J84" s="19"/>
+      <c r="K84" s="19"/>
+      <c r="L84" s="19"/>
+      <c r="M84" s="19"/>
+      <c r="N84" s="19"/>
+      <c r="O84" s="19"/>
+    </row>
+    <row r="85" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A85" s="26"/>
+      <c r="B85" s="60"/>
+      <c r="C85" s="60"/>
+      <c r="D85" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="E85" s="21"/>
-[...15 lines deleted...]
-      <c r="D86" s="8" t="s">
+      <c r="E85" s="19"/>
+      <c r="F85" s="19"/>
+      <c r="G85" s="19"/>
+      <c r="H85" s="19"/>
+      <c r="I85" s="19"/>
+      <c r="J85" s="19"/>
+      <c r="K85" s="19"/>
+      <c r="L85" s="19"/>
+      <c r="M85" s="19"/>
+      <c r="N85" s="19"/>
+      <c r="O85" s="19"/>
+    </row>
+    <row r="86" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A86" s="26"/>
+      <c r="B86" s="60"/>
+      <c r="C86" s="60"/>
+      <c r="D86" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E86" s="21"/>
-[...15 lines deleted...]
-      <c r="D87" s="8" t="s">
+      <c r="E86" s="19"/>
+      <c r="F86" s="19"/>
+      <c r="G86" s="19"/>
+      <c r="H86" s="19"/>
+      <c r="I86" s="19"/>
+      <c r="J86" s="19"/>
+      <c r="K86" s="19"/>
+      <c r="L86" s="19"/>
+      <c r="M86" s="19"/>
+      <c r="N86" s="19"/>
+      <c r="O86" s="19"/>
+    </row>
+    <row r="87" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A87" s="26"/>
+      <c r="B87" s="60"/>
+      <c r="C87" s="60"/>
+      <c r="D87" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="E87" s="21"/>
-[...97 lines deleted...]
-      <c r="A93" s="27" t="s">
+      <c r="E87" s="19"/>
+      <c r="F87" s="19"/>
+      <c r="G87" s="19"/>
+      <c r="H87" s="19"/>
+      <c r="I87" s="19"/>
+      <c r="J87" s="19"/>
+      <c r="K87" s="19"/>
+      <c r="L87" s="19"/>
+      <c r="M87" s="19"/>
+      <c r="N87" s="19"/>
+      <c r="O87" s="19"/>
+    </row>
+    <row r="88" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A88" s="26"/>
+      <c r="B88" s="60"/>
+      <c r="C88" s="60"/>
+      <c r="D88" s="7"/>
+      <c r="E88" s="19"/>
+      <c r="F88" s="19"/>
+      <c r="G88" s="19"/>
+      <c r="H88" s="19"/>
+      <c r="I88" s="19"/>
+      <c r="J88" s="19"/>
+      <c r="K88" s="19"/>
+      <c r="L88" s="19"/>
+      <c r="M88" s="19"/>
+      <c r="N88" s="19"/>
+      <c r="O88" s="19"/>
+    </row>
+    <row r="89" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A89" s="26"/>
+      <c r="B89" s="60"/>
+      <c r="C89" s="60"/>
+      <c r="D89" s="7"/>
+      <c r="E89" s="19"/>
+      <c r="F89" s="19"/>
+      <c r="G89" s="19"/>
+      <c r="H89" s="19"/>
+      <c r="I89" s="19"/>
+      <c r="J89" s="19"/>
+      <c r="K89" s="19"/>
+      <c r="L89" s="19"/>
+      <c r="M89" s="19"/>
+      <c r="N89" s="19"/>
+      <c r="O89" s="19"/>
+    </row>
+    <row r="90" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A90" s="26"/>
+      <c r="B90" s="60"/>
+      <c r="C90" s="60"/>
+      <c r="D90" s="7"/>
+      <c r="E90" s="19"/>
+      <c r="F90" s="19"/>
+      <c r="G90" s="19"/>
+      <c r="H90" s="19"/>
+      <c r="I90" s="19"/>
+      <c r="J90" s="19"/>
+      <c r="K90" s="19"/>
+      <c r="L90" s="19"/>
+      <c r="M90" s="19"/>
+      <c r="N90" s="19"/>
+      <c r="O90" s="19"/>
+    </row>
+    <row r="91" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A91" s="26"/>
+      <c r="B91" s="60"/>
+      <c r="C91" s="60"/>
+      <c r="D91" s="7"/>
+      <c r="E91" s="19"/>
+      <c r="F91" s="19"/>
+      <c r="G91" s="19"/>
+      <c r="H91" s="19"/>
+      <c r="I91" s="19"/>
+      <c r="J91" s="19"/>
+      <c r="K91" s="19"/>
+      <c r="L91" s="19"/>
+      <c r="M91" s="19"/>
+      <c r="N91" s="19"/>
+      <c r="O91" s="19"/>
+    </row>
+    <row r="92" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A92" s="27"/>
+      <c r="B92" s="61"/>
+      <c r="C92" s="61"/>
+      <c r="D92" s="7"/>
+      <c r="E92" s="19"/>
+      <c r="F92" s="19"/>
+      <c r="G92" s="19"/>
+      <c r="H92" s="19"/>
+      <c r="I92" s="19"/>
+      <c r="J92" s="19"/>
+      <c r="K92" s="19"/>
+      <c r="L92" s="19"/>
+      <c r="M92" s="19"/>
+      <c r="N92" s="19"/>
+      <c r="O92" s="19"/>
+    </row>
+    <row r="93" spans="1:15" ht="58.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="B93" s="63" t="s">
+      <c r="B93" s="62" t="s">
         <v>17</v>
       </c>
-      <c r="C93" s="63" t="s">
+      <c r="C93" s="62" t="s">
         <v>18</v>
       </c>
-      <c r="D93" s="51"/>
-[...16 lines deleted...]
-      <c r="D94" s="12" t="s">
+      <c r="D93" s="50"/>
+      <c r="E93" s="51"/>
+      <c r="F93" s="51"/>
+      <c r="G93" s="51"/>
+      <c r="H93" s="51"/>
+      <c r="I93" s="51"/>
+      <c r="J93" s="51"/>
+      <c r="K93" s="51"/>
+      <c r="L93" s="51"/>
+      <c r="M93" s="51"/>
+      <c r="N93" s="51"/>
+      <c r="O93" s="52"/>
+    </row>
+    <row r="94" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A94" s="26"/>
+      <c r="B94" s="63"/>
+      <c r="C94" s="63"/>
+      <c r="D94" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E94" s="22"/>
-[...15 lines deleted...]
-      <c r="D95" s="12" t="s">
+      <c r="E94" s="20"/>
+      <c r="F94" s="20"/>
+      <c r="G94" s="20"/>
+      <c r="H94" s="20"/>
+      <c r="I94" s="20"/>
+      <c r="J94" s="20"/>
+      <c r="K94" s="20"/>
+      <c r="L94" s="20"/>
+      <c r="M94" s="20"/>
+      <c r="N94" s="20"/>
+      <c r="O94" s="20"/>
+    </row>
+    <row r="95" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A95" s="26"/>
+      <c r="B95" s="63"/>
+      <c r="C95" s="63"/>
+      <c r="D95" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E95" s="22"/>
-[...15 lines deleted...]
-      <c r="D96" s="12" t="s">
+      <c r="E95" s="20"/>
+      <c r="F95" s="20"/>
+      <c r="G95" s="20"/>
+      <c r="H95" s="20"/>
+      <c r="I95" s="20"/>
+      <c r="J95" s="20"/>
+      <c r="K95" s="20"/>
+      <c r="L95" s="20"/>
+      <c r="M95" s="20"/>
+      <c r="N95" s="20"/>
+      <c r="O95" s="20"/>
+    </row>
+    <row r="96" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A96" s="26"/>
+      <c r="B96" s="63"/>
+      <c r="C96" s="63"/>
+      <c r="D96" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="E96" s="22"/>
-[...15 lines deleted...]
-      <c r="D97" s="12" t="s">
+      <c r="E96" s="20"/>
+      <c r="F96" s="20"/>
+      <c r="G96" s="20"/>
+      <c r="H96" s="20"/>
+      <c r="I96" s="20"/>
+      <c r="J96" s="20"/>
+      <c r="K96" s="20"/>
+      <c r="L96" s="20"/>
+      <c r="M96" s="20"/>
+      <c r="N96" s="20"/>
+      <c r="O96" s="20"/>
+    </row>
+    <row r="97" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A97" s="26"/>
+      <c r="B97" s="63"/>
+      <c r="C97" s="63"/>
+      <c r="D97" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="E97" s="22"/>
-[...15 lines deleted...]
-      <c r="D98" s="12" t="s">
+      <c r="E97" s="20"/>
+      <c r="F97" s="20"/>
+      <c r="G97" s="20"/>
+      <c r="H97" s="20"/>
+      <c r="I97" s="20"/>
+      <c r="J97" s="20"/>
+      <c r="K97" s="20"/>
+      <c r="L97" s="20"/>
+      <c r="M97" s="20"/>
+      <c r="N97" s="20"/>
+      <c r="O97" s="20"/>
+    </row>
+    <row r="98" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A98" s="26"/>
+      <c r="B98" s="63"/>
+      <c r="C98" s="63"/>
+      <c r="D98" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="E98" s="22"/>
-[...97 lines deleted...]
-      <c r="A104" s="27" t="s">
+      <c r="E98" s="20"/>
+      <c r="F98" s="20"/>
+      <c r="G98" s="20"/>
+      <c r="H98" s="20"/>
+      <c r="I98" s="20"/>
+      <c r="J98" s="20"/>
+      <c r="K98" s="20"/>
+      <c r="L98" s="20"/>
+      <c r="M98" s="20"/>
+      <c r="N98" s="20"/>
+      <c r="O98" s="20"/>
+    </row>
+    <row r="99" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A99" s="26"/>
+      <c r="B99" s="63"/>
+      <c r="C99" s="63"/>
+      <c r="D99" s="11"/>
+      <c r="E99" s="20"/>
+      <c r="F99" s="20"/>
+      <c r="G99" s="20"/>
+      <c r="H99" s="20"/>
+      <c r="I99" s="20"/>
+      <c r="J99" s="20"/>
+      <c r="K99" s="20"/>
+      <c r="L99" s="20"/>
+      <c r="M99" s="20"/>
+      <c r="N99" s="20"/>
+      <c r="O99" s="20"/>
+    </row>
+    <row r="100" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A100" s="26"/>
+      <c r="B100" s="63"/>
+      <c r="C100" s="63"/>
+      <c r="D100" s="11"/>
+      <c r="E100" s="20"/>
+      <c r="F100" s="20"/>
+      <c r="G100" s="20"/>
+      <c r="H100" s="20"/>
+      <c r="I100" s="20"/>
+      <c r="J100" s="20"/>
+      <c r="K100" s="20"/>
+      <c r="L100" s="20"/>
+      <c r="M100" s="20"/>
+      <c r="N100" s="20"/>
+      <c r="O100" s="20"/>
+    </row>
+    <row r="101" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A101" s="26"/>
+      <c r="B101" s="63"/>
+      <c r="C101" s="63"/>
+      <c r="D101" s="11"/>
+      <c r="E101" s="20"/>
+      <c r="F101" s="20"/>
+      <c r="G101" s="20"/>
+      <c r="H101" s="20"/>
+      <c r="I101" s="20"/>
+      <c r="J101" s="20"/>
+      <c r="K101" s="20"/>
+      <c r="L101" s="20"/>
+      <c r="M101" s="20"/>
+      <c r="N101" s="20"/>
+      <c r="O101" s="20"/>
+    </row>
+    <row r="102" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A102" s="26"/>
+      <c r="B102" s="63"/>
+      <c r="C102" s="63"/>
+      <c r="D102" s="11"/>
+      <c r="E102" s="20"/>
+      <c r="F102" s="20"/>
+      <c r="G102" s="20"/>
+      <c r="H102" s="20"/>
+      <c r="I102" s="20"/>
+      <c r="J102" s="20"/>
+      <c r="K102" s="20"/>
+      <c r="L102" s="20"/>
+      <c r="M102" s="20"/>
+      <c r="N102" s="20"/>
+      <c r="O102" s="20"/>
+    </row>
+    <row r="103" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A103" s="27"/>
+      <c r="B103" s="64"/>
+      <c r="C103" s="64"/>
+      <c r="D103" s="11"/>
+      <c r="E103" s="20"/>
+      <c r="F103" s="20"/>
+      <c r="G103" s="20"/>
+      <c r="H103" s="20"/>
+      <c r="I103" s="20"/>
+      <c r="J103" s="20"/>
+      <c r="K103" s="20"/>
+      <c r="L103" s="20"/>
+      <c r="M103" s="20"/>
+      <c r="N103" s="20"/>
+      <c r="O103" s="20"/>
+    </row>
+    <row r="104" spans="1:15" ht="58.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="B104" s="60" t="s">
+      <c r="B104" s="59" t="s">
         <v>17</v>
       </c>
-      <c r="C104" s="60" t="s">
+      <c r="C104" s="59" t="s">
         <v>18</v>
       </c>
-      <c r="D104" s="48"/>
-[...16 lines deleted...]
-      <c r="D105" s="8" t="s">
+      <c r="D104" s="47"/>
+      <c r="E104" s="48"/>
+      <c r="F104" s="48"/>
+      <c r="G104" s="48"/>
+      <c r="H104" s="48"/>
+      <c r="I104" s="48"/>
+      <c r="J104" s="48"/>
+      <c r="K104" s="48"/>
+      <c r="L104" s="48"/>
+      <c r="M104" s="48"/>
+      <c r="N104" s="48"/>
+      <c r="O104" s="49"/>
+    </row>
+    <row r="105" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A105" s="26"/>
+      <c r="B105" s="60"/>
+      <c r="C105" s="60"/>
+      <c r="D105" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="E105" s="21"/>
-[...15 lines deleted...]
-      <c r="D106" s="8" t="s">
+      <c r="E105" s="19"/>
+      <c r="F105" s="19"/>
+      <c r="G105" s="19"/>
+      <c r="H105" s="19"/>
+      <c r="I105" s="19"/>
+      <c r="J105" s="19"/>
+      <c r="K105" s="19"/>
+      <c r="L105" s="19"/>
+      <c r="M105" s="19"/>
+      <c r="N105" s="19"/>
+      <c r="O105" s="19"/>
+    </row>
+    <row r="106" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A106" s="26"/>
+      <c r="B106" s="60"/>
+      <c r="C106" s="60"/>
+      <c r="D106" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="E106" s="21"/>
-[...15 lines deleted...]
-      <c r="D107" s="8" t="s">
+      <c r="E106" s="19"/>
+      <c r="F106" s="19"/>
+      <c r="G106" s="19"/>
+      <c r="H106" s="19"/>
+      <c r="I106" s="19"/>
+      <c r="J106" s="19"/>
+      <c r="K106" s="19"/>
+      <c r="L106" s="19"/>
+      <c r="M106" s="19"/>
+      <c r="N106" s="19"/>
+      <c r="O106" s="19"/>
+    </row>
+    <row r="107" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A107" s="26"/>
+      <c r="B107" s="60"/>
+      <c r="C107" s="60"/>
+      <c r="D107" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="E107" s="21"/>
-[...15 lines deleted...]
-      <c r="D108" s="8" t="s">
+      <c r="E107" s="19"/>
+      <c r="F107" s="19"/>
+      <c r="G107" s="19"/>
+      <c r="H107" s="19"/>
+      <c r="I107" s="19"/>
+      <c r="J107" s="19"/>
+      <c r="K107" s="19"/>
+      <c r="L107" s="19"/>
+      <c r="M107" s="19"/>
+      <c r="N107" s="19"/>
+      <c r="O107" s="19"/>
+    </row>
+    <row r="108" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A108" s="26"/>
+      <c r="B108" s="60"/>
+      <c r="C108" s="60"/>
+      <c r="D108" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E108" s="21"/>
-[...15 lines deleted...]
-      <c r="D109" s="8" t="s">
+      <c r="E108" s="19"/>
+      <c r="F108" s="19"/>
+      <c r="G108" s="19"/>
+      <c r="H108" s="19"/>
+      <c r="I108" s="19"/>
+      <c r="J108" s="19"/>
+      <c r="K108" s="19"/>
+      <c r="L108" s="19"/>
+      <c r="M108" s="19"/>
+      <c r="N108" s="19"/>
+      <c r="O108" s="19"/>
+    </row>
+    <row r="109" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A109" s="26"/>
+      <c r="B109" s="60"/>
+      <c r="C109" s="60"/>
+      <c r="D109" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="E109" s="21"/>
-[...97 lines deleted...]
-      <c r="A115" s="27" t="s">
+      <c r="E109" s="19"/>
+      <c r="F109" s="19"/>
+      <c r="G109" s="19"/>
+      <c r="H109" s="19"/>
+      <c r="I109" s="19"/>
+      <c r="J109" s="19"/>
+      <c r="K109" s="19"/>
+      <c r="L109" s="19"/>
+      <c r="M109" s="19"/>
+      <c r="N109" s="19"/>
+      <c r="O109" s="19"/>
+    </row>
+    <row r="110" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A110" s="26"/>
+      <c r="B110" s="60"/>
+      <c r="C110" s="60"/>
+      <c r="D110" s="7"/>
+      <c r="E110" s="19"/>
+      <c r="F110" s="19"/>
+      <c r="G110" s="19"/>
+      <c r="H110" s="19"/>
+      <c r="I110" s="19"/>
+      <c r="J110" s="19"/>
+      <c r="K110" s="19"/>
+      <c r="L110" s="19"/>
+      <c r="M110" s="19"/>
+      <c r="N110" s="19"/>
+      <c r="O110" s="19"/>
+    </row>
+    <row r="111" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A111" s="26"/>
+      <c r="B111" s="60"/>
+      <c r="C111" s="60"/>
+      <c r="D111" s="7"/>
+      <c r="E111" s="19"/>
+      <c r="F111" s="19"/>
+      <c r="G111" s="19"/>
+      <c r="H111" s="19"/>
+      <c r="I111" s="19"/>
+      <c r="J111" s="19"/>
+      <c r="K111" s="19"/>
+      <c r="L111" s="19"/>
+      <c r="M111" s="19"/>
+      <c r="N111" s="19"/>
+      <c r="O111" s="19"/>
+    </row>
+    <row r="112" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A112" s="26"/>
+      <c r="B112" s="60"/>
+      <c r="C112" s="60"/>
+      <c r="D112" s="7"/>
+      <c r="E112" s="19"/>
+      <c r="F112" s="19"/>
+      <c r="G112" s="19"/>
+      <c r="H112" s="19"/>
+      <c r="I112" s="19"/>
+      <c r="J112" s="19"/>
+      <c r="K112" s="19"/>
+      <c r="L112" s="19"/>
+      <c r="M112" s="19"/>
+      <c r="N112" s="19"/>
+      <c r="O112" s="19"/>
+    </row>
+    <row r="113" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A113" s="26"/>
+      <c r="B113" s="60"/>
+      <c r="C113" s="60"/>
+      <c r="D113" s="7"/>
+      <c r="E113" s="19"/>
+      <c r="F113" s="19"/>
+      <c r="G113" s="19"/>
+      <c r="H113" s="19"/>
+      <c r="I113" s="19"/>
+      <c r="J113" s="19"/>
+      <c r="K113" s="19"/>
+      <c r="L113" s="19"/>
+      <c r="M113" s="19"/>
+      <c r="N113" s="19"/>
+      <c r="O113" s="19"/>
+    </row>
+    <row r="114" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A114" s="27"/>
+      <c r="B114" s="61"/>
+      <c r="C114" s="61"/>
+      <c r="D114" s="7"/>
+      <c r="E114" s="19"/>
+      <c r="F114" s="19"/>
+      <c r="G114" s="19"/>
+      <c r="H114" s="19"/>
+      <c r="I114" s="19"/>
+      <c r="J114" s="19"/>
+      <c r="K114" s="19"/>
+      <c r="L114" s="19"/>
+      <c r="M114" s="19"/>
+      <c r="N114" s="19"/>
+      <c r="O114" s="19"/>
+    </row>
+    <row r="115" spans="1:15" s="15" customFormat="1" ht="58.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="B115" s="63" t="s">
+      <c r="B115" s="62" t="s">
         <v>17</v>
       </c>
-      <c r="C115" s="63" t="s">
+      <c r="C115" s="62" t="s">
         <v>18</v>
       </c>
-      <c r="D115" s="51"/>
-[...16 lines deleted...]
-      <c r="D116" s="12" t="s">
+      <c r="D115" s="50"/>
+      <c r="E115" s="51"/>
+      <c r="F115" s="51"/>
+      <c r="G115" s="51"/>
+      <c r="H115" s="51"/>
+      <c r="I115" s="51"/>
+      <c r="J115" s="51"/>
+      <c r="K115" s="51"/>
+      <c r="L115" s="51"/>
+      <c r="M115" s="51"/>
+      <c r="N115" s="51"/>
+      <c r="O115" s="52"/>
+    </row>
+    <row r="116" spans="1:15" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="26"/>
+      <c r="B116" s="63"/>
+      <c r="C116" s="63"/>
+      <c r="D116" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E116" s="22"/>
-[...15 lines deleted...]
-      <c r="D117" s="12" t="s">
+      <c r="E116" s="20"/>
+      <c r="F116" s="20"/>
+      <c r="G116" s="20"/>
+      <c r="H116" s="20"/>
+      <c r="I116" s="20"/>
+      <c r="J116" s="20"/>
+      <c r="K116" s="20"/>
+      <c r="L116" s="20"/>
+      <c r="M116" s="20"/>
+      <c r="N116" s="20"/>
+      <c r="O116" s="20"/>
+    </row>
+    <row r="117" spans="1:15" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="26"/>
+      <c r="B117" s="63"/>
+      <c r="C117" s="63"/>
+      <c r="D117" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E117" s="22"/>
-[...15 lines deleted...]
-      <c r="D118" s="12" t="s">
+      <c r="E117" s="20"/>
+      <c r="F117" s="20"/>
+      <c r="G117" s="20"/>
+      <c r="H117" s="20"/>
+      <c r="I117" s="20"/>
+      <c r="J117" s="20"/>
+      <c r="K117" s="20"/>
+      <c r="L117" s="20"/>
+      <c r="M117" s="20"/>
+      <c r="N117" s="20"/>
+      <c r="O117" s="20"/>
+    </row>
+    <row r="118" spans="1:15" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="26"/>
+      <c r="B118" s="63"/>
+      <c r="C118" s="63"/>
+      <c r="D118" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="E118" s="22"/>
-[...15 lines deleted...]
-      <c r="D119" s="12" t="s">
+      <c r="E118" s="20"/>
+      <c r="F118" s="20"/>
+      <c r="G118" s="20"/>
+      <c r="H118" s="20"/>
+      <c r="I118" s="20"/>
+      <c r="J118" s="20"/>
+      <c r="K118" s="20"/>
+      <c r="L118" s="20"/>
+      <c r="M118" s="20"/>
+      <c r="N118" s="20"/>
+      <c r="O118" s="20"/>
+    </row>
+    <row r="119" spans="1:15" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="26"/>
+      <c r="B119" s="63"/>
+      <c r="C119" s="63"/>
+      <c r="D119" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="E119" s="22"/>
-[...15 lines deleted...]
-      <c r="D120" s="12" t="s">
+      <c r="E119" s="20"/>
+      <c r="F119" s="20"/>
+      <c r="G119" s="20"/>
+      <c r="H119" s="20"/>
+      <c r="I119" s="20"/>
+      <c r="J119" s="20"/>
+      <c r="K119" s="20"/>
+      <c r="L119" s="20"/>
+      <c r="M119" s="20"/>
+      <c r="N119" s="20"/>
+      <c r="O119" s="20"/>
+    </row>
+    <row r="120" spans="1:15" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="26"/>
+      <c r="B120" s="63"/>
+      <c r="C120" s="63"/>
+      <c r="D120" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="E120" s="22"/>
-[...96 lines deleted...]
-    <row r="126" spans="1:15" s="17" customFormat="1" x14ac:dyDescent="0.3"/>
+      <c r="E120" s="20"/>
+      <c r="F120" s="20"/>
+      <c r="G120" s="20"/>
+      <c r="H120" s="20"/>
+      <c r="I120" s="20"/>
+      <c r="J120" s="20"/>
+      <c r="K120" s="20"/>
+      <c r="L120" s="20"/>
+      <c r="M120" s="20"/>
+      <c r="N120" s="20"/>
+      <c r="O120" s="20"/>
+    </row>
+    <row r="121" spans="1:15" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="26"/>
+      <c r="B121" s="63"/>
+      <c r="C121" s="63"/>
+      <c r="D121" s="11"/>
+      <c r="E121" s="20"/>
+      <c r="F121" s="20"/>
+      <c r="G121" s="20"/>
+      <c r="H121" s="20"/>
+      <c r="I121" s="20"/>
+      <c r="J121" s="20"/>
+      <c r="K121" s="20"/>
+      <c r="L121" s="20"/>
+      <c r="M121" s="20"/>
+      <c r="N121" s="20"/>
+      <c r="O121" s="20"/>
+    </row>
+    <row r="122" spans="1:15" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="26"/>
+      <c r="B122" s="63"/>
+      <c r="C122" s="63"/>
+      <c r="D122" s="11"/>
+      <c r="E122" s="20"/>
+      <c r="F122" s="20"/>
+      <c r="G122" s="20"/>
+      <c r="H122" s="20"/>
+      <c r="I122" s="20"/>
+      <c r="J122" s="20"/>
+      <c r="K122" s="20"/>
+      <c r="L122" s="20"/>
+      <c r="M122" s="20"/>
+      <c r="N122" s="20"/>
+      <c r="O122" s="20"/>
+    </row>
+    <row r="123" spans="1:15" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="26"/>
+      <c r="B123" s="63"/>
+      <c r="C123" s="63"/>
+      <c r="D123" s="11"/>
+      <c r="E123" s="20"/>
+      <c r="F123" s="20"/>
+      <c r="G123" s="20"/>
+      <c r="H123" s="20"/>
+      <c r="I123" s="20"/>
+      <c r="J123" s="20"/>
+      <c r="K123" s="20"/>
+      <c r="L123" s="20"/>
+      <c r="M123" s="20"/>
+      <c r="N123" s="20"/>
+      <c r="O123" s="20"/>
+    </row>
+    <row r="124" spans="1:15" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="26"/>
+      <c r="B124" s="63"/>
+      <c r="C124" s="63"/>
+      <c r="D124" s="11"/>
+      <c r="E124" s="20"/>
+      <c r="F124" s="20"/>
+      <c r="G124" s="20"/>
+      <c r="H124" s="20"/>
+      <c r="I124" s="20"/>
+      <c r="J124" s="20"/>
+      <c r="K124" s="20"/>
+      <c r="L124" s="20"/>
+      <c r="M124" s="20"/>
+      <c r="N124" s="20"/>
+      <c r="O124" s="20"/>
+    </row>
+    <row r="125" spans="1:15" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="27"/>
+      <c r="B125" s="64"/>
+      <c r="C125" s="64"/>
+      <c r="D125" s="11"/>
+      <c r="E125" s="20"/>
+      <c r="F125" s="20"/>
+      <c r="G125" s="20"/>
+      <c r="H125" s="20"/>
+      <c r="I125" s="20"/>
+      <c r="J125" s="20"/>
+      <c r="K125" s="20"/>
+      <c r="L125" s="20"/>
+      <c r="M125" s="20"/>
+      <c r="N125" s="20"/>
+      <c r="O125" s="20"/>
+    </row>
+    <row r="126" spans="1:15" s="15" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="26">
     <mergeCell ref="D4:O4"/>
     <mergeCell ref="B1:O1"/>
     <mergeCell ref="D37:O37"/>
     <mergeCell ref="D49:O49"/>
     <mergeCell ref="D48:O48"/>
     <mergeCell ref="D60:O60"/>
     <mergeCell ref="D15:O15"/>
     <mergeCell ref="D71:O71"/>
     <mergeCell ref="D82:O82"/>
     <mergeCell ref="D93:O93"/>
     <mergeCell ref="D104:O104"/>
     <mergeCell ref="D115:O115"/>
     <mergeCell ref="B49:B59"/>
     <mergeCell ref="C49:C59"/>
     <mergeCell ref="B60:B70"/>
     <mergeCell ref="C60:C70"/>
     <mergeCell ref="B104:B114"/>
     <mergeCell ref="C104:C114"/>
     <mergeCell ref="B115:B125"/>
     <mergeCell ref="C115:C125"/>
     <mergeCell ref="B71:B81"/>
     <mergeCell ref="C71:C81"/>
     <mergeCell ref="C82:C92"/>
@@ -4668,50 +4747,162 @@
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c7d0ed18-d4ec-4450-b043-97ba750af715"/>
+    <_dlc_DocId xmlns="053a5afd-1424-405b-82d9-63deec7446f8">HRSA-23-3982</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="053a5afd-1424-405b-82d9-63deec7446f8">
+      <Url>https://sharepoint.hrsa.gov/sites/ORHP/hsd/_layouts/15/DocIdRedir.aspx?ID=HRSA-23-3982</Url>
+      <Description>HRSA-23-3982</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="13ff120d-8bd5-4291-a148-70db8d7e9204" ContentTypeId="0x01" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003AD2C573F9A2844596131EBCF79747F8" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="29c31e0ed0c9559192d8126f9700ef9e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="053a5afd-1424-405b-82d9-63deec7446f8" xmlns:ns3="c7d0ed18-d4ec-4450-b043-97ba750af715" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3d976db84400d20b412d9e19f832eed3" ns2:_="" ns3:_="">
     <xsd:import namespace="053a5afd-1424-405b-82d9-63deec7446f8"/>
     <xsd:import namespace="c7d0ed18-d4ec-4450-b043-97ba750af715"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAllLabel" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="053a5afd-1424-405b-82d9-63deec7446f8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -4841,229 +5032,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16428467-7F12-40D8-A30F-4E53CB9D185C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="c7d0ed18-d4ec-4450-b043-97ba750af715"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="053a5afd-1424-405b-82d9-63deec7446f8"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...90 lines deleted...]
-</spe:Receivers>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D87CD3B2-62DF-4432-8F74-B83DEE4AFC9E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="13ff120d-8bd5-4291-a148-70db8d7e9204" ContentTypeId="0x01" PreviousValue="false"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DF23694-B562-4613-B8AA-5D03E450FF01}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12A43E10-C33E-43F3-8052-2CE11187AE98}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="053a5afd-1424-405b-82d9-63deec7446f8"/>
     <ds:schemaRef ds:uri="c7d0ed18-d4ec-4450-b043-97ba750af715"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3DBF2A40-365E-4A5F-941E-70AFD9E3B2C3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...29 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr> Activities FY24-28</vt:lpstr>
       <vt:lpstr>Work Plan Outcomes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HRSA</Company>
   <LinksUpToDate>false</LinksUpToDate>